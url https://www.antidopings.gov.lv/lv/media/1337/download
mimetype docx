--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -3,1901 +3,2376 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
-        <w:tblW w:w="15451" w:type="dxa"/>
-        <w:tblInd w:w="-717" w:type="dxa"/>
+        <w:tblW w:w="14637" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="547"/>
+        <w:gridCol w:w="1005"/>
+        <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="1183"/>
+        <w:gridCol w:w="1427"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1199"/>
         <w:gridCol w:w="1418"/>
-        <w:gridCol w:w="1275"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="849"/>
+        <w:gridCol w:w="1770"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007539B2" w:rsidRPr="006E63D6" w14:paraId="7B4BB486" w14:textId="77777777" w:rsidTr="007539B2">
+      <w:tr w:rsidR="006E63D6" w:rsidRPr="006E63D6" w14:paraId="7B4BB486" w14:textId="77777777" w:rsidTr="009831DB">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="547" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62E74EEC" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="007539B2">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="62E74EEC" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5ECBB19D" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="007539B2">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="5ECBB19D" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>p.k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="1005" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4769B3DE" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="007539B2">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="4769B3DE" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Amata nosaukums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3D2631B4" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="007539B2">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="3D2631B4" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Datums (no - līdz)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D4D8900" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="007539B2">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="7D4D8900" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Valsts, pilsēta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="228DB133" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="007539B2">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="228DB133" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Komandējuma mērķis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30D3B018" w14:textId="5AB81C09" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="007539B2">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="30D3B018" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>summa</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1275" w:type="dxa"/>
+              <w:t>(izvēlas no saraksta, ja nav – ieraksta)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="321DEE20" w14:textId="088870E8" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="007539B2">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="441755E5" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Izdevumi par aviobiļet</w:t>
-[...12 lines deleted...]
-            </w:r>
+              <w:t>Finansējuma avots</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E470F7A" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>summa</w:t>
-[...14 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>(izvēlas no saraksta, ja nav – ieraksta)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17299AA2" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Aviobiļešu klase</w:t>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Izdevumi par viesnīcu (naktsmītni), </w:t>
+            </w:r>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(atzīmē ar x)</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>summa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="321DEE20" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dienas nauda, </w:t>
+              <w:t xml:space="preserve">Izdevumi par aviobiļetēm, </w:t>
             </w:r>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>summa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="486C3C22" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="007539B2">
+            <w:tcW w:w="2617" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41452115" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Citi komandējuma izdevumi, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Aviobiļešu klase </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14130C35" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>(atzīmē ar x)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39C7FE1C" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E63D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dienas nauda, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E63D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>summa</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="486C3C22" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E63D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Citi komandējuma izdevumi, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E63D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>summa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007539B2" w:rsidRPr="006E63D6" w14:paraId="1A7C4F56" w14:textId="77777777" w:rsidTr="00107A9F">
+      <w:tr w:rsidR="006E63D6" w:rsidRPr="006E63D6" w14:paraId="1A7C4F56" w14:textId="77777777" w:rsidTr="009831DB">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="547" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22596028" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="1005" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59CAB286" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="502FB045" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
-            <w:pPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="60399DA3" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D616E7A" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+          <w:p w14:paraId="508A2EFE" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD80640" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+          <w:p w14:paraId="60399DA3" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1183" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w14:paraId="1D616E7A" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD80640" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="2374AD7A" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1199" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4E2FEE32" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Biznesa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1FD1DBF1" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ekonomiskā</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="849" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50EF75FB" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcW w:w="1770" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D8DF853" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007539B2" w:rsidRPr="006E63D6" w14:paraId="444DCB46" w14:textId="77777777" w:rsidTr="00107A9F">
+      <w:tr w:rsidR="006E63D6" w:rsidRPr="006E63D6" w14:paraId="1CF3243E" w14:textId="77777777" w:rsidTr="009831DB">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...12 lines deleted...]
-            <w:r>
+            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2DFC5F26" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E63D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="45DB0487" w14:textId="38074627" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="003D3275" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Vecākais eksperts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E499312" w14:textId="172DEF97" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00CF55BF" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.09.-12.09.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="047ACEEE" w14:textId="35E6C10A" w:rsidR="004734D6" w:rsidRPr="0053650E" w:rsidRDefault="004734D6" w:rsidP="004734D6">
+          <w:p w14:paraId="679C062F" w14:textId="4FC1EE58" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00F23070" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Lietuva, Viļņa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="67A62199" w14:textId="0ABB2EAE" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00CF55BF" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF55BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>NB8 darba grupa rezultātu pārvaldības jautājumos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF55BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Lietuvas Antidopinga organizācijas </w:t>
+            </w:r>
+            <w:r w:rsidR="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>organizēta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF55BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> starptautisk</w:t>
+            </w:r>
+            <w:r w:rsidR="0093300E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF55BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> konferenc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF55BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6B63D354" w14:textId="691E7735" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="0053650E" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0053650E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Iestādes budžets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="7661446B" w14:textId="6B53032D" w:rsidR="004734D6" w:rsidRDefault="004734D6" w:rsidP="004734D6">
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0517A4A2" w14:textId="05703AA7" w:rsidR="006E63D6" w:rsidRDefault="00F23070" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>124</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2200">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidR="005C58DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  EUR</w:t>
+            </w:r>
+            <w:r w:rsidR="00324D5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FAF3B2B" w14:textId="63126DC8" w:rsidR="00324D5E" w:rsidRPr="006E63D6" w:rsidRDefault="00324D5E" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00324D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>iesk.pilsētas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00324D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> nodokli)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidR="004734D6">
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="307DD1FD" w14:textId="7537EDAE" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1199" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65EDAA01" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="699FD30F" w14:textId="5BDF0657" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="0053650E" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3370D977" w14:textId="33F2C4B2" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00F23070" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidR="00261596">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidR="005C58DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
-[...105 lines deleted...]
-            <w:r w:rsidRPr="000F2F3E">
+            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B537D1B" w14:textId="7E63DCFD" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00EF764D" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Apdrošināšanas izdevumi</w:t>
+            </w:r>
+            <w:r w:rsidR="002C495F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="0093300E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+            <w:r w:rsidR="005C58DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR</w:t>
+            </w:r>
+            <w:r w:rsidR="000F2F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="000F2F3E" w:rsidRPr="000F2F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Braukšanas izdevumi attiecīgās valsts sabiedriskajā transportā</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="008B10FE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BB302A">
-[...9 lines deleted...]
-              <w:t>EUR</w:t>
+            <w:r w:rsidR="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="0093300E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="008B10FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007539B2" w:rsidRPr="006E63D6" w14:paraId="0A074517" w14:textId="77777777" w:rsidTr="00107A9F">
+      <w:tr w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w14:paraId="38B45B16" w14:textId="77777777" w:rsidTr="009831DB">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:r>
+            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26576439" w14:textId="19F27C6E" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="007D6CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="01AC9542" w14:textId="3FCD9AB2" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="00C50040" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Direktors</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54E6C171" w14:textId="584D2469" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="00CF55BF" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.09.-12.09.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3397FC4C" w14:textId="4BF54139" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="00F23070" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Lietuva, Viļņa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68B6BDD5" w14:textId="2840CC9D" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="00CF55BF" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF55BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>NB8 CEO darba grupa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF55BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Lietuvas Antidopinga organizācijas </w:t>
+            </w:r>
+            <w:r w:rsidR="0093300E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>organizēta</w:t>
+            </w:r>
+            <w:r w:rsidR="0093300E" w:rsidRPr="00CF55BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF55BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>starptautisk</w:t>
+            </w:r>
+            <w:r w:rsidR="0093300E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00281365">
-[...56 lines deleted...]
-          <w:p w14:paraId="2A99366C" w14:textId="40EEFB52" w:rsidR="004734D6" w:rsidRPr="0053650E" w:rsidRDefault="004734D6" w:rsidP="004734D6">
+            <w:r w:rsidRPr="00CF55BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> konferencē.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="459D867F" w14:textId="58D53D15" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="00356AE1" w:rsidP="006E63D6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0053650E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Iestādes budžets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="52C9A520" w14:textId="0CAFFAA7" w:rsidR="004734D6" w:rsidRDefault="004734D6" w:rsidP="004734D6">
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49A1234D" w14:textId="7763B856" w:rsidR="00F23070" w:rsidRDefault="00F23070" w:rsidP="00F23070">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.00  EUR </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="473D821D" w14:textId="45D41BB6" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="00F23070" w:rsidP="00F23070">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00324D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>iesk.pilsētas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00324D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> nodokli)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
-[...47 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1DB5736B" w14:textId="7DA620DF" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="007D6CE4" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1199" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5519A464" w14:textId="77777777" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="007D6CE4" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53C465F8" w14:textId="37952FFD" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="00701A2C" w:rsidP="006E63D6">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...40 lines deleted...]
-            </w:r>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3088CC89" w14:textId="4EA1D511" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="00F23070" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC48AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D7F9BDC" w14:textId="7B274012" w:rsidR="005D25DE" w:rsidRDefault="005D25DE" w:rsidP="005D25DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apdrošināšanas izdevumi </w:t>
+            </w:r>
+            <w:r w:rsidR="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="0093300E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B1B7DC3" w14:textId="23933A22" w:rsidR="007D6CE4" w:rsidRPr="006E63D6" w:rsidRDefault="003F6015" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="000F2F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Braukšanas izdevumi attiecīgās valsts sabiedriskajā transportā</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> un citi ceļa izdevumi 83,03 EUR</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="0093300E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007539B2" w:rsidRPr="006E63D6" w14:paraId="229AABA8" w14:textId="77777777" w:rsidTr="00107A9F">
+      <w:tr w:rsidR="006E63D6" w:rsidRPr="006E63D6" w14:paraId="4E58B22F" w14:textId="77777777" w:rsidTr="009831DB">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">a </w:t>
+            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69B4D489" w14:textId="33D49B86" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="007D6CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="594A89CC" w14:textId="0CAD8498" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="002352A3" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Vecākais eksperts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B9544E2" w14:textId="03655563" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00F23070" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>29.09.-02.10.2025</w:t>
+            </w:r>
+            <w:r w:rsidR="00C50040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4880498C" w14:textId="4739B86D" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00F23070" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Turcija, Stambula</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C926994" w14:textId="32D7B39B" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00F23070" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eiropas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00D2545A">
-[...3 lines deleted...]
-              <w:t>p.i</w:t>
+            <w:r w:rsidRPr="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Padomesantidopinga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00D2545A">
+            <w:r w:rsidRPr="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> izglītības darba grupas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F23070">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>sanaksm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F23070">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...116 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17E95E49" w14:textId="07953D87" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00356AE1" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053650E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Iestādes budžets</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6ED2D262" w14:textId="3EABDEE3" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>255</w:t>
+            </w:r>
+            <w:r w:rsidR="0093300E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidR="00070A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...167 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00324D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00324D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>iesk.pilsētas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00324D5E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> nodokli)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28DDFED3" w14:textId="71D9E8CA" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>252,32</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35015">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1199" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6785BCFE" w14:textId="77777777" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="006E63D6" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10B03C09" w14:textId="715EDFD0" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00701A2C" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53FBDDFD" w14:textId="39C1BD9B" w:rsidR="006E63D6" w:rsidRPr="006E63D6" w:rsidRDefault="00F23070" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>140</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC48AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="249AFF50" w14:textId="77777777" w:rsidR="005D25DE" w:rsidRDefault="005D25DE" w:rsidP="005D25DE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Apdrošināšanas izdevumi 10.56 EUR; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00802003" w14:textId="70F601C7" w:rsidR="002B4639" w:rsidRPr="006E63D6" w:rsidRDefault="002B4639" w:rsidP="006E63D6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F2F3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Braukšanas izdevumi attiecīgās valsts sabiedriskajā</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00297732">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00297732">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">transports </w:t>
+            </w:r>
+            <w:r w:rsidR="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>42.00</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EUR</w:t>
+            </w:r>
+            <w:r w:rsidR="00032435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009831DB" w:rsidRPr="006E63D6" w14:paraId="61DBAA05" w14:textId="77777777" w:rsidTr="009831DB">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="547" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0FE10EF7" w14:textId="23DF6A7C" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E63D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4807DCB7" w14:textId="77777777" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Vecākais eksperts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7643CCFE" w14:textId="2C0034BA" w:rsidR="00976402" w:rsidRPr="009420C9" w:rsidRDefault="004E185C" w:rsidP="00BE2CBF">
-[...47 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="70AB4127" w14:textId="227AB599" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>22.10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74EF6BDA" w14:textId="033ED69F" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Francija, Parīze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20097F9C" w14:textId="6EE7BE32" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UNESCO </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Conference</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Parties</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> International </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Convention</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>against</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Doping </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009831DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sport</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1183" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27714F6D" w14:textId="77777777" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053650E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Iestādes budžets</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1427" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4100D493" w14:textId="4E78C54F" w:rsidR="009831DB" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>550.80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.EUR </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E7EC49" w14:textId="77777777" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324D5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00324D5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>iesk.pilsētas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00324D5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nodokli)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77608109" w14:textId="3CF077E7" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>387.72 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1199" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4C433247" w14:textId="77777777" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48EC98F2" w14:textId="77777777" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
-[...42 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="37B45CDF" w14:textId="7295E68C" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>240</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1770" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D5BB280" w14:textId="32234049" w:rsidR="009831DB" w:rsidRPr="006E63D6" w:rsidRDefault="009831DB" w:rsidP="00A936D4">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Apdrošināšanas izdevumi </w:t>
             </w:r>
-            <w:r w:rsidR="004E185C">
-[...3 lines deleted...]
-              <w:t>5.28</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.56</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> EUR; </w:t>
             </w:r>
             <w:r w:rsidRPr="000F2F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Braukšanas izdevumi attiecīgās valsts sabiedriskajā transportā</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00477163">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> EUR</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+            <w:r w:rsidR="0093300E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>00 EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A8B70A6" w14:textId="77777777" w:rsidR="0069226D" w:rsidRDefault="0069226D"/>
     <w:sectPr w:rsidR="0069226D" w:rsidSect="006E63D6">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -1905,149 +2380,117 @@
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E63D6"/>
-    <w:rsid w:val="00015469"/>
-    <w:rsid w:val="00030330"/>
     <w:rsid w:val="00032435"/>
     <w:rsid w:val="00067BC1"/>
     <w:rsid w:val="00070A1F"/>
     <w:rsid w:val="000771D0"/>
+    <w:rsid w:val="000C6FC1"/>
     <w:rsid w:val="000F2F3E"/>
-    <w:rsid w:val="00104EF5"/>
-    <w:rsid w:val="00107A9F"/>
     <w:rsid w:val="0015212D"/>
     <w:rsid w:val="001C374B"/>
-    <w:rsid w:val="001E2F6F"/>
     <w:rsid w:val="002352A3"/>
     <w:rsid w:val="00261596"/>
-    <w:rsid w:val="00281365"/>
-    <w:rsid w:val="00284358"/>
     <w:rsid w:val="00297732"/>
     <w:rsid w:val="002B4639"/>
     <w:rsid w:val="002C495F"/>
-    <w:rsid w:val="002F391A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00320469"/>
     <w:rsid w:val="003244BD"/>
     <w:rsid w:val="00324D5E"/>
+    <w:rsid w:val="0034597A"/>
     <w:rsid w:val="00356AE1"/>
     <w:rsid w:val="003D3275"/>
     <w:rsid w:val="003F6015"/>
-    <w:rsid w:val="004734D6"/>
-    <w:rsid w:val="00477163"/>
     <w:rsid w:val="00492767"/>
-    <w:rsid w:val="0049283B"/>
     <w:rsid w:val="004A2481"/>
-    <w:rsid w:val="004E185C"/>
     <w:rsid w:val="004E2687"/>
     <w:rsid w:val="0053650E"/>
     <w:rsid w:val="005C58DA"/>
     <w:rsid w:val="005D25DE"/>
     <w:rsid w:val="0062724F"/>
-    <w:rsid w:val="00663BE0"/>
-    <w:rsid w:val="006717C5"/>
     <w:rsid w:val="006774BB"/>
     <w:rsid w:val="0069226D"/>
     <w:rsid w:val="006E63D6"/>
     <w:rsid w:val="00701A2C"/>
-    <w:rsid w:val="007539B2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007C1228"/>
     <w:rsid w:val="007D6CE4"/>
-    <w:rsid w:val="007E031F"/>
-    <w:rsid w:val="00804ED5"/>
     <w:rsid w:val="0086194C"/>
-    <w:rsid w:val="0087445D"/>
     <w:rsid w:val="008A015E"/>
     <w:rsid w:val="008B10FE"/>
-    <w:rsid w:val="008C6DDA"/>
-    <w:rsid w:val="00912B39"/>
+    <w:rsid w:val="0093300E"/>
     <w:rsid w:val="009420C9"/>
     <w:rsid w:val="00972172"/>
-    <w:rsid w:val="00976402"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A1572A"/>
+    <w:rsid w:val="009831DB"/>
     <w:rsid w:val="00A27F76"/>
-    <w:rsid w:val="00A33E27"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00AA1A85"/>
     <w:rsid w:val="00AF054F"/>
     <w:rsid w:val="00AF3D48"/>
-    <w:rsid w:val="00B471DF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BE2CBF"/>
     <w:rsid w:val="00C50040"/>
     <w:rsid w:val="00CB5D59"/>
-    <w:rsid w:val="00D2545A"/>
+    <w:rsid w:val="00CF55BF"/>
     <w:rsid w:val="00D35015"/>
     <w:rsid w:val="00DA2200"/>
     <w:rsid w:val="00DA421C"/>
     <w:rsid w:val="00DC0D6A"/>
     <w:rsid w:val="00EC0460"/>
     <w:rsid w:val="00EC468E"/>
-    <w:rsid w:val="00EE3A2C"/>
     <w:rsid w:val="00EF764D"/>
-    <w:rsid w:val="00F06325"/>
     <w:rsid w:val="00F10CAD"/>
     <w:rsid w:val="00F1246B"/>
+    <w:rsid w:val="00F23070"/>
     <w:rsid w:val="00FC48AA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -2432,598 +2875,598 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00284358"/>
+    <w:rsid w:val="009831DB"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts1Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts3Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts4Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts5Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts6Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts7">
+  <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts7Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts8">
+  <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts8Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Virsraksts9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="Virsraksts9Rakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts4Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts5Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts6Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts7Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts8Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts8"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts9Rakstz">
-[...2 lines deleted...]
-    <w:link w:val="Virsraksts9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nosaukums">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="NosaukumsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NosaukumsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Nosaukums"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Apakvirsraksts">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="ApakvirsrakstsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ApakvirsrakstsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Apakvirsraksts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Citts">
+  <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="CittsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CittsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Citts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Parasts"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Intensvsizclums">
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Intensvscitts">
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="Parasts"/>
-[...1 lines deleted...]
-    <w:link w:val="IntensvscittsRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="IntensvscittsRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Intensvscitts"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Intensvaatsauce">
+  <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="006E63D6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
-    <w:basedOn w:val="Parastatabula"/>
-    <w:next w:val="Reatabula"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="006E63D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
@@ -3315,55 +3758,70 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" enabled="0" method="" siteId="{dbc9012d-628b-43d4-b190-8a730f7e1e96}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>480</Characters>
+  <Pages>2</Pages>
+  <Words>1066</Words>
+  <Characters>609</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1318</CharactersWithSpaces>
+  <CharactersWithSpaces>1672</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Baiba Gariņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>